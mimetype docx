--- v0 (2025-11-25)
+++ v1 (2026-03-18)
@@ -1,46 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6430578E" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRDefault="008A1B98" w:rsidP="00605EF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D9BCB43" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRPr="008A1B98" w:rsidRDefault="008A1B98" w:rsidP="008A1B98">
@@ -336,158 +332,158 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>please tick</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7CEA20" w14:textId="2ABD39D1" w:rsidR="008A1B98" w:rsidRPr="00D54FC9" w:rsidRDefault="0087404E" w:rsidP="008A1B98">
+    <w:p w14:paraId="7B7CEA20" w14:textId="2ABD39D1" w:rsidR="008A1B98" w:rsidRPr="00D54FC9" w:rsidRDefault="00000000" w:rsidP="008A1B98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="625A90"/>
         </w:rPr>
         <w:pict w14:anchorId="4DFD4D8F">
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="_x0000_s2058" type="#_x0000_t202" style="position:absolute;margin-left:239.5pt;margin-top:.85pt;width:21pt;height:15.75pt;z-index:251659264">
+          <v:shape id="_x0000_s2058" type="#_x0000_t202" style="position:absolute;margin-left:239.5pt;margin-top:.85pt;width:21pt;height:15.75pt;z-index:2">
             <v:textbox style="mso-next-textbox:#_x0000_s2058">
               <w:txbxContent>
                 <w:p w14:paraId="73EDC502" w14:textId="77777777" w:rsidR="0087404E" w:rsidRDefault="0087404E" w:rsidP="0087404E"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="625A90"/>
         </w:rPr>
         <w:pict w14:anchorId="4DFD4D8F">
-          <v:shape id="_x0000_s2055" type="#_x0000_t202" style="position:absolute;margin-left:106pt;margin-top:.35pt;width:21pt;height:15.75pt;z-index:251658240">
+          <v:shape id="_x0000_s2055" type="#_x0000_t202" style="position:absolute;margin-left:106pt;margin-top:.35pt;width:21pt;height:15.75pt;z-index:1">
             <v:textbox style="mso-next-textbox:#_x0000_s2055">
               <w:txbxContent>
                 <w:p w14:paraId="3B082595" w14:textId="77777777" w:rsidR="007E3A2F" w:rsidRDefault="007E3A2F" w:rsidP="007E3A2F"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="007E3A2F" w:rsidRPr="00D54FC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Massage</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0087404E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Therapy</w:t>
       </w:r>
       <w:r w:rsidR="007E3A2F" w:rsidRPr="00D54FC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0087404E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0087404E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D54FC9">
+      <w:r w:rsidR="0087404E" w:rsidRPr="00D54FC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sports Massage</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0087404E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="282" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4079"/>
         <w:gridCol w:w="4881"/>
@@ -715,100 +711,109 @@
           </w:tcPr>
           <w:p w14:paraId="178CAD38" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRPr="002304A5" w:rsidRDefault="008A1B98" w:rsidP="00282708">
             <w:pPr>
               <w:pStyle w:val="CM8"/>
               <w:spacing w:after="200" w:line="363" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
                 <w:color w:val="221E1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E9949C0" w14:textId="77777777" w:rsidR="00825458" w:rsidRDefault="00825458" w:rsidP="00825458">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01358567" w14:textId="3B9A0407" w:rsidR="006A1E77" w:rsidRPr="00825458" w:rsidRDefault="0025139B" w:rsidP="00825458">
+    <w:p w14:paraId="01358567" w14:textId="005DD055" w:rsidR="006A1E77" w:rsidRPr="00825458" w:rsidRDefault="0025139B" w:rsidP="00825458">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="4D4D4D"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F61EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00230C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">lease return </w:t>
       </w:r>
       <w:r w:rsidR="004F5DBF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:r w:rsidRPr="00230C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> completed Request to Register form with copies of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C33CC4" w:rsidRPr="00230C28">
+        <w:t xml:space="preserve"> completed Request to Register form with </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70C23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">your </w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70C23" w:rsidRPr="005B74AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copy of your course completion certificate(s) </w:t>
       </w:r>
       <w:r w:rsidRPr="00230C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>qualifications, insurance and completed character reference form direct to</w:t>
+        <w:t>direct to</w:t>
       </w:r>
       <w:r w:rsidR="00411B02" w:rsidRPr="00230C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00825458">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Sports Massage </w:t>
       </w:r>
       <w:r w:rsidR="00825458" w:rsidRPr="0064314D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Association</w:t>
       </w:r>
       <w:r w:rsidR="00825458" w:rsidRPr="0064314D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1197,3455 +1202,176 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each additional discipline costs £10 up to your 4th discipline, after which there is no fee for additional disciplines. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E7888B" w14:textId="77777777" w:rsidR="006A1E77" w:rsidRPr="00605EF9" w:rsidRDefault="006A1E77" w:rsidP="00A17B00">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:left="-851" w:right="-755"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="176E1D4E" w14:textId="77777777" w:rsidR="004869AC" w:rsidRDefault="008A1B98" w:rsidP="00A17B00">
-[...146 lines deleted...]
-    </w:p>
     <w:p w14:paraId="766706E2" w14:textId="77777777" w:rsidR="006A1E77" w:rsidRDefault="006A1E77" w:rsidP="006A1E77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:left="-284" w:right="-188"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69800C3A" w14:textId="77777777" w:rsidR="00CC7487" w:rsidRPr="00D60437" w:rsidRDefault="00D54FC9" w:rsidP="00D54FC9">
+    <w:p w14:paraId="112442D4" w14:textId="77777777" w:rsidR="00A70C23" w:rsidRDefault="00A70C23" w:rsidP="00D54FC9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="231" w:lineRule="atLeast"/>
+        <w:ind w:right="-188"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AF02CF8" w14:textId="77777777" w:rsidR="00A70C23" w:rsidRDefault="00A70C23" w:rsidP="00D54FC9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="231" w:lineRule="atLeast"/>
+        <w:ind w:right="-188"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D6A4FBB" w14:textId="77777777" w:rsidR="00A70C23" w:rsidRDefault="00A70C23" w:rsidP="00D54FC9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="231" w:lineRule="atLeast"/>
+        <w:ind w:right="-188"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE31EE2" w14:textId="77777777" w:rsidR="00A70C23" w:rsidRDefault="00A70C23" w:rsidP="00D54FC9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="231" w:lineRule="atLeast"/>
+        <w:ind w:right="-188"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE964F8" w14:textId="77777777" w:rsidR="00A70C23" w:rsidRDefault="00A70C23" w:rsidP="00D54FC9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="231" w:lineRule="atLeast"/>
+        <w:ind w:right="-188"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69800C3A" w14:textId="0A2BC9F8" w:rsidR="00CC7487" w:rsidRPr="00D60437" w:rsidRDefault="00D54FC9" w:rsidP="00D54FC9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:right="-188"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00B208C7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.cnhc.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7061FE49" w14:textId="77777777" w:rsidR="003D49B6" w:rsidRDefault="003D49B6" w:rsidP="006A1E77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:left="-284" w:right="-188"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BF686B0" w14:textId="77777777" w:rsidR="00825458" w:rsidRDefault="00825458" w:rsidP="006A1E77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:left="-284" w:right="-188"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...3172 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId16"/>
+    <w:sectPr w:rsidR="00825458" w:rsidSect="00A70C23">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="142" w:right="1440" w:bottom="567" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1276" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2770E1BC" w14:textId="77777777" w:rsidR="00FD0940" w:rsidRDefault="00FD0940" w:rsidP="005310F1">
+    <w:p w14:paraId="09CE3457" w14:textId="77777777" w:rsidR="000E6C3C" w:rsidRDefault="000E6C3C" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B44D6C7" w14:textId="77777777" w:rsidR="00FD0940" w:rsidRDefault="00FD0940" w:rsidP="005310F1">
+    <w:p w14:paraId="0388745C" w14:textId="77777777" w:rsidR="000E6C3C" w:rsidRDefault="000E6C3C" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52D41B27" w14:textId="77777777" w:rsidR="00FD0940" w:rsidRDefault="00FD0940">
+    <w:p w14:paraId="749B2B17" w14:textId="77777777" w:rsidR="000E6C3C" w:rsidRDefault="000E6C3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -4681,362 +1407,290 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3E1E12F0" w14:textId="77777777" w:rsidR="00411B02" w:rsidRDefault="0087404E" w:rsidP="007E601F">
-[...46 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4308CBC5" w14:textId="77777777" w:rsidR="00411B02" w:rsidRDefault="00411B02" w:rsidP="007E601F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-1474"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A1AC3E2" w14:textId="77777777" w:rsidR="00FD0940" w:rsidRDefault="00FD0940" w:rsidP="005310F1">
+    <w:p w14:paraId="029B1CF2" w14:textId="77777777" w:rsidR="000E6C3C" w:rsidRDefault="000E6C3C" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="223A6B31" w14:textId="77777777" w:rsidR="00FD0940" w:rsidRDefault="00FD0940" w:rsidP="005310F1">
+    <w:p w14:paraId="32E511F0" w14:textId="77777777" w:rsidR="000E6C3C" w:rsidRDefault="000E6C3C" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4176D09C" w14:textId="77777777" w:rsidR="00FD0940" w:rsidRDefault="00FD0940">
+    <w:p w14:paraId="795D3092" w14:textId="77777777" w:rsidR="000E6C3C" w:rsidRDefault="000E6C3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...35 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22A7625B" w14:textId="77777777" w:rsidR="00411B02" w:rsidRPr="00006F30" w:rsidRDefault="00411B02" w:rsidP="00006F30">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:hanging="1418"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2059"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005310F1"/>
     <w:rsid w:val="00006F30"/>
     <w:rsid w:val="00011065"/>
     <w:rsid w:val="000353D1"/>
+    <w:rsid w:val="00055B9F"/>
     <w:rsid w:val="000564DA"/>
     <w:rsid w:val="000578C3"/>
     <w:rsid w:val="0007196A"/>
     <w:rsid w:val="00080ABF"/>
     <w:rsid w:val="00086DD2"/>
     <w:rsid w:val="000C7DFD"/>
     <w:rsid w:val="000D3BFF"/>
+    <w:rsid w:val="000E6C3C"/>
+    <w:rsid w:val="0010334C"/>
     <w:rsid w:val="001315DB"/>
     <w:rsid w:val="001646BF"/>
     <w:rsid w:val="001A4116"/>
     <w:rsid w:val="001B38EB"/>
     <w:rsid w:val="001C096A"/>
     <w:rsid w:val="001C1FBC"/>
     <w:rsid w:val="001C68AA"/>
     <w:rsid w:val="001F3F9E"/>
     <w:rsid w:val="00203EDD"/>
     <w:rsid w:val="00230C28"/>
     <w:rsid w:val="0025139B"/>
     <w:rsid w:val="00275005"/>
     <w:rsid w:val="00282708"/>
     <w:rsid w:val="00287A15"/>
     <w:rsid w:val="00287A6D"/>
     <w:rsid w:val="002B0904"/>
     <w:rsid w:val="002D579E"/>
     <w:rsid w:val="002E3AA7"/>
     <w:rsid w:val="002F2B8C"/>
     <w:rsid w:val="002F39C1"/>
     <w:rsid w:val="0030174C"/>
     <w:rsid w:val="003056C7"/>
     <w:rsid w:val="00330D9E"/>
     <w:rsid w:val="00347EB7"/>
+    <w:rsid w:val="0035593B"/>
     <w:rsid w:val="00360A2F"/>
     <w:rsid w:val="0037591C"/>
     <w:rsid w:val="00381FF1"/>
     <w:rsid w:val="00391EAE"/>
     <w:rsid w:val="003D2748"/>
     <w:rsid w:val="003D49B6"/>
     <w:rsid w:val="0040719B"/>
     <w:rsid w:val="00411610"/>
     <w:rsid w:val="00411B02"/>
     <w:rsid w:val="00432BF9"/>
     <w:rsid w:val="00445D12"/>
     <w:rsid w:val="004869AC"/>
     <w:rsid w:val="004906FF"/>
     <w:rsid w:val="00497B3C"/>
     <w:rsid w:val="004B3019"/>
     <w:rsid w:val="004E0B73"/>
     <w:rsid w:val="004E2C8D"/>
     <w:rsid w:val="004E37A1"/>
     <w:rsid w:val="004E52AD"/>
     <w:rsid w:val="004F5DBF"/>
     <w:rsid w:val="0050254B"/>
+    <w:rsid w:val="005160E6"/>
     <w:rsid w:val="005310F1"/>
     <w:rsid w:val="005315E5"/>
     <w:rsid w:val="005820AD"/>
     <w:rsid w:val="00595782"/>
     <w:rsid w:val="005A1FB4"/>
     <w:rsid w:val="005B1307"/>
     <w:rsid w:val="005B3FED"/>
     <w:rsid w:val="005D6AED"/>
+    <w:rsid w:val="005E3D7D"/>
     <w:rsid w:val="005F4073"/>
     <w:rsid w:val="00605EF9"/>
     <w:rsid w:val="006300B9"/>
     <w:rsid w:val="0064400E"/>
     <w:rsid w:val="006A1E77"/>
+    <w:rsid w:val="006F09E5"/>
+    <w:rsid w:val="006F4310"/>
     <w:rsid w:val="006F59FF"/>
     <w:rsid w:val="00714A98"/>
     <w:rsid w:val="0076665E"/>
     <w:rsid w:val="0077447D"/>
     <w:rsid w:val="007823A0"/>
     <w:rsid w:val="007E3A2F"/>
     <w:rsid w:val="007E601F"/>
     <w:rsid w:val="007F4448"/>
     <w:rsid w:val="00825458"/>
     <w:rsid w:val="0087404E"/>
     <w:rsid w:val="00883525"/>
     <w:rsid w:val="00886CF4"/>
     <w:rsid w:val="008A1B98"/>
     <w:rsid w:val="008B2E67"/>
+    <w:rsid w:val="008D06DA"/>
     <w:rsid w:val="008D38B7"/>
     <w:rsid w:val="0090612C"/>
     <w:rsid w:val="009367A3"/>
     <w:rsid w:val="009527F8"/>
+    <w:rsid w:val="009F35E9"/>
     <w:rsid w:val="00A17B00"/>
+    <w:rsid w:val="00A70C23"/>
     <w:rsid w:val="00A7749F"/>
     <w:rsid w:val="00A90469"/>
     <w:rsid w:val="00AC04C8"/>
     <w:rsid w:val="00AC511D"/>
     <w:rsid w:val="00AE2E2B"/>
     <w:rsid w:val="00AF0D2D"/>
     <w:rsid w:val="00AF2ADC"/>
     <w:rsid w:val="00B17807"/>
     <w:rsid w:val="00B31B79"/>
     <w:rsid w:val="00BE70EB"/>
     <w:rsid w:val="00BF028F"/>
     <w:rsid w:val="00BF55B8"/>
     <w:rsid w:val="00BF5AD4"/>
+    <w:rsid w:val="00C16D31"/>
     <w:rsid w:val="00C33CC4"/>
     <w:rsid w:val="00C34C69"/>
     <w:rsid w:val="00C3505E"/>
+    <w:rsid w:val="00C46FD7"/>
     <w:rsid w:val="00C825B6"/>
     <w:rsid w:val="00C83F70"/>
     <w:rsid w:val="00C971C8"/>
     <w:rsid w:val="00CA1895"/>
+    <w:rsid w:val="00CA2D2D"/>
     <w:rsid w:val="00CC7487"/>
     <w:rsid w:val="00CD487D"/>
     <w:rsid w:val="00CD4B41"/>
     <w:rsid w:val="00CF356B"/>
     <w:rsid w:val="00D03476"/>
     <w:rsid w:val="00D04970"/>
     <w:rsid w:val="00D05A5A"/>
+    <w:rsid w:val="00D16CCB"/>
     <w:rsid w:val="00D21799"/>
     <w:rsid w:val="00D25ABA"/>
     <w:rsid w:val="00D40B7A"/>
     <w:rsid w:val="00D54FC9"/>
     <w:rsid w:val="00D60437"/>
     <w:rsid w:val="00D64674"/>
     <w:rsid w:val="00D66F92"/>
     <w:rsid w:val="00D71566"/>
     <w:rsid w:val="00DB33C9"/>
     <w:rsid w:val="00DC7DB7"/>
     <w:rsid w:val="00DE0256"/>
+    <w:rsid w:val="00E0444E"/>
     <w:rsid w:val="00E16098"/>
     <w:rsid w:val="00E20D8E"/>
     <w:rsid w:val="00E557B2"/>
     <w:rsid w:val="00E63621"/>
+    <w:rsid w:val="00EC4600"/>
     <w:rsid w:val="00EC481F"/>
     <w:rsid w:val="00F01163"/>
     <w:rsid w:val="00F27E1D"/>
     <w:rsid w:val="00F83F83"/>
     <w:rsid w:val="00F92FF3"/>
     <w:rsid w:val="00FC1F25"/>
     <w:rsid w:val="00FD0940"/>
     <w:rsid w:val="00FE20CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -6084,59 +2738,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1724207782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnhc.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CNHC@theSMA.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnhc.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CNHC@theSMA.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6407,52 +3053,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B9E75A6D5E38141B5903EEF15154203" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="698a41081b15fd14dc48645836c66a8d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="836df31f-1ed8-4394-a76e-948fb4f44bdc" xmlns:ns3="5809c711-f615-46d8-95c6-f30af2dc9556" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="066ba064214dbc15046d86bbff23f707" ns2:_="" ns3:_="">
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="836df31f-1ed8-4394-a76e-948fb4f44bdc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5809c711-f615-46d8-95c6-f30af2dc9556" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B9E75A6D5E38141B5903EEF15154203" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2329d1f30f1bd1a9164c8fc83baeb892">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="836df31f-1ed8-4394-a76e-948fb4f44bdc" xmlns:ns3="5809c711-f615-46d8-95c6-f30af2dc9556" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8a8964cfea9b856cb82181c5033beac5" ns2:_="" ns3:_="">
     <xsd:import namespace="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
     <xsd:import namespace="5809c711-f615-46d8-95c6-f30af2dc9556"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -6655,150 +3325,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30F6FE5E-8EEC-4521-AFF5-C49E819FA9F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD349AAE-E019-4D36-850C-949FD9312EFD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFBEE6B9-5EAA-40D5-9B26-3FB1815B664E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
+    <ds:schemaRef ds:uri="5809c711-f615-46d8-95c6-f30af2dc9556"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95D08A7A-A4DC-43FA-A148-9ECB0F6EB125}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D13A107A-A550-45E8-B372-291AD1B711A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
     <ds:schemaRef ds:uri="5809c711-f615-46d8-95c6-f30af2dc9556"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3572</Characters>
+  <Pages>1</Pages>
+  <Words>218</Words>
+  <Characters>1158</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>223</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CNHC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4142</CharactersWithSpaces>
+  <CharactersWithSpaces>1355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>3735584</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.cnhc.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2097219</vt:i4>
       </vt:variant>
       <vt:variant>