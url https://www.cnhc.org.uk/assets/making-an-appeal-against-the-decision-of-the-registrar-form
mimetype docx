--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5DA82CCA" w14:textId="6D31E423" w:rsidR="00FE7863" w:rsidRDefault="00FB74A6">
       <w:pPr>
         <w:spacing w:before="3" w:line="394" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="5D5990"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="33"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005122C8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FDB984A" wp14:editId="6DD3B0C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>743585</wp:posOffset>
                 </wp:positionH>
@@ -3103,85 +3103,96 @@
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="7"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="7"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidR="00B97B77" w:rsidRPr="00C377C8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="7"/>
                               </w:rPr>
                               <w:t>When you have completed this form, please send it to:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6C37FC4B" w14:textId="010F4D31" w:rsidR="00B97B77" w:rsidRPr="00BF7CF6" w:rsidRDefault="00B97B77" w:rsidP="00B97B77">
+                          <w:p w14:paraId="6C37FC4B" w14:textId="3F3A2FC2" w:rsidR="00B97B77" w:rsidRPr="00BF7CF6" w:rsidRDefault="00B97B77" w:rsidP="00B97B77">
                             <w:pPr>
                               <w:spacing w:before="55" w:line="224" w:lineRule="exact"/>
                               <w:ind w:left="144"/>
                               <w:textAlignment w:val="baseline"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="9"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="9"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">CNHC, </w:t>
                             </w:r>
-                            <w:r w:rsidR="00FB74A6">
+                            <w:r w:rsidR="00887112" w:rsidRPr="00887112">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="9"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">PO Box 428, Bristol, BS9 0FB </w:t>
+                              <w:t>PO BOX 482, Bexleyheath DA7 9QB</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00887112">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="9"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF7CF6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="9"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">or email a </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="9"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>signed</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BF7CF6">
                               <w:rPr>
@@ -3838,85 +3849,96 @@
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="7"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="7"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidR="00B97B77" w:rsidRPr="00C377C8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="7"/>
                         </w:rPr>
                         <w:t>When you have completed this form, please send it to:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6C37FC4B" w14:textId="010F4D31" w:rsidR="00B97B77" w:rsidRPr="00BF7CF6" w:rsidRDefault="00B97B77" w:rsidP="00B97B77">
+                    <w:p w14:paraId="6C37FC4B" w14:textId="3F3A2FC2" w:rsidR="00B97B77" w:rsidRPr="00BF7CF6" w:rsidRDefault="00B97B77" w:rsidP="00B97B77">
                       <w:pPr>
                         <w:spacing w:before="55" w:line="224" w:lineRule="exact"/>
                         <w:ind w:left="144"/>
                         <w:textAlignment w:val="baseline"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="9"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="9"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">CNHC, </w:t>
                       </w:r>
-                      <w:r w:rsidR="00FB74A6">
+                      <w:r w:rsidR="00887112" w:rsidRPr="00887112">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="9"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">PO Box 428, Bristol, BS9 0FB </w:t>
+                        <w:t>PO BOX 482, Bexleyheath DA7 9QB</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00887112">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="9"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF7CF6">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="9"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">or email a </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="9"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>signed</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BF7CF6">
                         <w:rPr>
@@ -3942,212 +3964,217 @@
                           <w:spacing w:val="9"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE7863" w:rsidSect="00FE7863">
       <w:pgSz w:w="11909" w:h="16838"/>
       <w:pgMar w:top="1070" w:right="1181" w:bottom="962" w:left="1200" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B662B3C" w14:textId="77777777" w:rsidR="00465298" w:rsidRDefault="00465298" w:rsidP="00953863">
+    <w:p w14:paraId="2BEE4FAF" w14:textId="77777777" w:rsidR="00516274" w:rsidRDefault="00516274" w:rsidP="00953863">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07F7A5E4" w14:textId="77777777" w:rsidR="00465298" w:rsidRDefault="00465298" w:rsidP="00953863">
+    <w:p w14:paraId="20BE4E27" w14:textId="77777777" w:rsidR="00516274" w:rsidRDefault="00516274" w:rsidP="00953863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A85EAF1" w14:textId="77777777" w:rsidR="00465298" w:rsidRDefault="00465298" w:rsidP="00953863">
+    <w:p w14:paraId="3FEF6B28" w14:textId="77777777" w:rsidR="00516274" w:rsidRDefault="00516274" w:rsidP="00953863">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B0B39BE" w14:textId="77777777" w:rsidR="00465298" w:rsidRDefault="00465298" w:rsidP="00953863">
+    <w:p w14:paraId="03D8AD66" w14:textId="77777777" w:rsidR="00516274" w:rsidRDefault="00516274" w:rsidP="00953863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE7863"/>
     <w:rsid w:val="00023FD3"/>
     <w:rsid w:val="000669B3"/>
     <w:rsid w:val="00073014"/>
     <w:rsid w:val="00076DBA"/>
     <w:rsid w:val="000C14EF"/>
     <w:rsid w:val="000E12E2"/>
     <w:rsid w:val="00102F00"/>
     <w:rsid w:val="001A6DD5"/>
     <w:rsid w:val="00204BFA"/>
+    <w:rsid w:val="0021741B"/>
     <w:rsid w:val="00230244"/>
+    <w:rsid w:val="00245DC7"/>
     <w:rsid w:val="002636EF"/>
     <w:rsid w:val="002A0C40"/>
     <w:rsid w:val="002A44F3"/>
     <w:rsid w:val="00304BE4"/>
     <w:rsid w:val="00317125"/>
     <w:rsid w:val="0035462D"/>
     <w:rsid w:val="0039451C"/>
     <w:rsid w:val="003D0903"/>
     <w:rsid w:val="003E426B"/>
     <w:rsid w:val="00434B4A"/>
     <w:rsid w:val="00450CA9"/>
     <w:rsid w:val="00465298"/>
     <w:rsid w:val="00476B88"/>
     <w:rsid w:val="004A54E8"/>
     <w:rsid w:val="004C3588"/>
     <w:rsid w:val="004F4B57"/>
     <w:rsid w:val="00500EAD"/>
     <w:rsid w:val="005122C8"/>
     <w:rsid w:val="00512659"/>
+    <w:rsid w:val="00516274"/>
     <w:rsid w:val="00534739"/>
     <w:rsid w:val="0057441C"/>
     <w:rsid w:val="005B1931"/>
     <w:rsid w:val="005E49E0"/>
     <w:rsid w:val="00643E0D"/>
     <w:rsid w:val="006A4A09"/>
     <w:rsid w:val="006D7CC6"/>
     <w:rsid w:val="006F16B3"/>
+    <w:rsid w:val="006F5E92"/>
     <w:rsid w:val="00721258"/>
     <w:rsid w:val="0072680A"/>
     <w:rsid w:val="00784829"/>
     <w:rsid w:val="00794B9E"/>
     <w:rsid w:val="007B7D27"/>
     <w:rsid w:val="007C7496"/>
     <w:rsid w:val="00811C26"/>
+    <w:rsid w:val="00887112"/>
     <w:rsid w:val="008A136B"/>
     <w:rsid w:val="008B12A7"/>
     <w:rsid w:val="00930B53"/>
     <w:rsid w:val="00953863"/>
     <w:rsid w:val="009A251A"/>
     <w:rsid w:val="00A86ACA"/>
     <w:rsid w:val="00B4163D"/>
     <w:rsid w:val="00B82858"/>
     <w:rsid w:val="00B97B77"/>
     <w:rsid w:val="00BF5F6F"/>
     <w:rsid w:val="00BF7CF6"/>
     <w:rsid w:val="00C377C8"/>
     <w:rsid w:val="00CB2EFC"/>
     <w:rsid w:val="00CB5599"/>
     <w:rsid w:val="00CF6B8D"/>
     <w:rsid w:val="00CF776E"/>
     <w:rsid w:val="00E17749"/>
     <w:rsid w:val="00E606E7"/>
     <w:rsid w:val="00EC7EC7"/>
     <w:rsid w:val="00EE5E2E"/>
     <w:rsid w:val="00F65AA0"/>
     <w:rsid w:val="00FB74A6"/>
     <w:rsid w:val="00FC2852"/>
     <w:rsid w:val="00FE317C"/>
     <w:rsid w:val="00FE7863"/>
@@ -4160,51 +4187,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08DE6247"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A9687D8A-66C7-4F22-A227-E365824FD746}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4679,51 +4706,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00953863"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00953863"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1030766863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -5014,54 +5041,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="836df31f-1ed8-4394-a76e-948fb4f44bdc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5809c711-f615-46d8-95c6-f30af2dc9556"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B9E75A6D5E38141B5903EEF15154203" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="20ee3c0d780b899818bc38dd1b31f915">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="836df31f-1ed8-4394-a76e-948fb4f44bdc" xmlns:ns3="5809c711-f615-46d8-95c6-f30af2dc9556" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48cd457593bf1c039d0b20cf6282e897" ns2:_="" ns3:_="">
     <xsd:import namespace="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
     <xsd:import namespace="5809c711-f615-46d8-95c6-f30af2dc9556"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -5260,112 +5298,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3CE10C2-616A-4833-803C-4EC8F95624FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
+    <ds:schemaRef ds:uri="5809c711-f615-46d8-95c6-f30af2dc9556"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1ECC506-365C-407B-991A-C25B0D8BB48D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1545D412-AB7F-441A-8DD9-511D5A1E0FE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
     <ds:schemaRef ds:uri="5809c711-f615-46d8-95c6-f30af2dc9556"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B2D00E4-557A-4447-8D61-7380779BBAF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="5809c711-f615-46d8-95c6-f30af2dc9556"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>71</Words>
   <Characters>407</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>